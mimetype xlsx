--- v0 (2025-10-03)
+++ v1 (2026-02-27)
@@ -1,1316 +1,957 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/xml"/>
-[...7 lines deleted...]
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="image/jpeg" Extension="jpg"/>
+  <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="image/gif" Extension="gif"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...9 lines deleted...]
-</workbook>
+<x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheets>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R0703557ca6ce40228efa5c88da8ddff9"/>
+  </x:sheets>
+</x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
-[...36 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-[...52 lines deleted...]
-</styleSheet>
+<x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:numFmts count="0"/>
+  <x:fonts count="1">
+    <x:font/>
+  </x:fonts>
+  <x:fills count="1">
+    <x:fill/>
+  </x:fills>
+  <x:borders count="1">
+    <x:border/>
+  </x:borders>
+  <x:cellStyleXfs count="1">
+    <x:xf/>
+  </x:cellStyleXfs>
+  <x:cellXfs count="5">
+    <x:xf/>
+    <x:xf/>
+    <x:xf/>
+    <x:xf numFmtId="14" applyNumberFormat="1"/>
+    <x:xf/>
+  </x:cellXfs>
+</x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0703557ca6ce40228efa5c88da8ddff9" />
+    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-[...279 lines deleted...]
-</a:theme>
+<file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+    
+</Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
+</file>
+
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
-[...876 lines deleted...]
-</worksheet>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:dimension ref="A1:F43"/>
+  <x:sheetViews>
+    <x:sheetView tabSelected="0" workbookViewId="0">
+      <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <x:selection pane="bottomLeft"/>
+    </x:sheetView>
+  </x:sheetViews>
+  <x:cols>
+    <x:col min="1" max="1" width="63.2" customWidth="1"/>
+    <x:col min="2" max="2" width="9.28515625" customWidth="1"/>
+    <x:col min="3" max="3" width="12.8" customWidth="1"/>
+    <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
+    <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
+    <x:col min="6" max="6" width="9.28515625" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1">
+      <x:c r="A1" t="str" s="1">
+        <x:v>Name</x:v>
+      </x:c>
+      <x:c r="B1" t="str" s="1">
+        <x:v>Sign</x:v>
+      </x:c>
+      <x:c r="C1" t="str" s="1">
+        <x:v>Measure area</x:v>
+      </x:c>
+      <x:c r="D1" t="str" s="1">
+        <x:v>Date</x:v>
+      </x:c>
+      <x:c r="E1" t="str" s="1">
+        <x:v>Year</x:v>
+      </x:c>
+      <x:c r="F1" t="str" s="1">
+        <x:v>Value</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2">
+      <x:c r="A2" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B2" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C2" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D2" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E2" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F2" t="n" s="2">
+        <x:v>52.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3">
+      <x:c r="A3" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B3" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C3" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D3" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E3" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F3" t="n" s="2">
+        <x:v>60.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4">
+      <x:c r="A4" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B4" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C4" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D4" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E4" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F4" t="n" s="2">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5">
+      <x:c r="A5" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B5" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C5" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D5" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E5" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F5" t="n" s="2">
+        <x:v>64.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6">
+      <x:c r="A6" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B6" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C6" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D6" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E6" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F6" t="n" s="2">
+        <x:v>61.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7">
+      <x:c r="A7" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B7" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C7" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D7" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E7" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F7" t="n" s="2">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8">
+      <x:c r="A8" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B8" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C8" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D8" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E8" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F8" t="n" s="2">
+        <x:v>67.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9">
+      <x:c r="A9" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B9" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C9" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D9" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E9" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F9" t="n" s="2">
+        <x:v>64.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10">
+      <x:c r="A10" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B10" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C10" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D10" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E10" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F10" t="n" s="2">
+        <x:v>72.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11">
+      <x:c r="A11" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B11" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C11" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D11" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E11" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F11" t="n" s="2">
+        <x:v>75.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12">
+      <x:c r="A12" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B12" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C12" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D12" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E12" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F12" t="n" s="2">
+        <x:v>81.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13">
+      <x:c r="A13" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B13" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C13" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D13" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E13" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F13" t="n" s="2">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14">
+      <x:c r="A14" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B14" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C14" t="str" s="2">
+        <x:v>Göteborg</x:v>
+      </x:c>
+      <x:c r="D14" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E14" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F14" t="n" s="2">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15">
+      <x:c r="A15" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B15" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C15" t="str" s="2">
+        <x:v>Göteborg</x:v>
+      </x:c>
+      <x:c r="D15" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E15" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F15" t="n" s="2">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16">
+      <x:c r="A16" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B16" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C16" t="str" s="2">
+        <x:v>Göteborg</x:v>
+      </x:c>
+      <x:c r="D16" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E16" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F16" t="n" s="2">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17">
+      <x:c r="A17" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B17" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C17" t="str" s="2">
+        <x:v>Göteborg</x:v>
+      </x:c>
+      <x:c r="D17" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E17" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F17" t="n" s="2">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18">
+      <x:c r="A18" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B18" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C18" t="str" s="2">
+        <x:v>Göteborg</x:v>
+      </x:c>
+      <x:c r="D18" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E18" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F18" t="n" s="2">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19">
+      <x:c r="A19" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B19" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C19" t="str" s="2">
+        <x:v>Göteborg</x:v>
+      </x:c>
+      <x:c r="D19" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E19" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F19" t="n" s="2">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20">
+      <x:c r="A20" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B20" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C20" t="str" s="2">
+        <x:v>Göteborg</x:v>
+      </x:c>
+      <x:c r="D20" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E20" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F20" t="n" s="2">
+        <x:v>47.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21">
+      <x:c r="A21" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B21" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C21" t="str" s="2">
+        <x:v>Göteborg</x:v>
+      </x:c>
+      <x:c r="D21" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E21" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F21" t="n" s="2">
+        <x:v>60.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22">
+      <x:c r="A22" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B22" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C22" t="str" s="2">
+        <x:v>Göteborg</x:v>
+      </x:c>
+      <x:c r="D22" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E22" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F22" t="n" s="2">
+        <x:v>58.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23">
+      <x:c r="A23" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B23" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C23" t="str" s="2">
+        <x:v>Göteborg</x:v>
+      </x:c>
+      <x:c r="D23" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E23" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F23" t="n" s="2">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24">
+      <x:c r="A24" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B24" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C24" t="str" s="2">
+        <x:v>Malmö</x:v>
+      </x:c>
+      <x:c r="D24" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E24" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F24" t="n" s="2">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25">
+      <x:c r="A25" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B25" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C25" t="str" s="2">
+        <x:v>Malmö</x:v>
+      </x:c>
+      <x:c r="D25" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E25" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F25" t="n" s="2">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26">
+      <x:c r="A26" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B26" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C26" t="str" s="2">
+        <x:v>Malmö</x:v>
+      </x:c>
+      <x:c r="D26" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E26" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F26" t="n" s="2">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27">
+      <x:c r="A27" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B27" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C27" t="str" s="2">
+        <x:v>Malmö</x:v>
+      </x:c>
+      <x:c r="D27" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E27" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F27" t="n" s="2">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28">
+      <x:c r="A28" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B28" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C28" t="str" s="2">
+        <x:v>Malmö</x:v>
+      </x:c>
+      <x:c r="D28" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E28" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F28" t="n" s="2">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29">
+      <x:c r="A29" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B29" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C29" t="str" s="2">
+        <x:v>Malmö</x:v>
+      </x:c>
+      <x:c r="D29" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E29" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F29" t="n" s="2">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30">
+      <x:c r="A30" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B30" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C30" t="str" s="2">
+        <x:v>Malmö</x:v>
+      </x:c>
+      <x:c r="D30" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E30" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F30" t="n" s="2">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31">
+      <x:c r="A31" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B31" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C31" t="str" s="2">
+        <x:v>Malmö</x:v>
+      </x:c>
+      <x:c r="D31" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E31" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F31" t="n" s="2">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32">
+      <x:c r="A32" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B32" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C32" t="str" s="2">
+        <x:v>Malmö</x:v>
+      </x:c>
+      <x:c r="D32" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E32" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F32" t="n" s="2">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33">
+      <x:c r="A33" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B33" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C33" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D33" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E33" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F33" t="n" s="2">
+        <x:v>45.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34">
+      <x:c r="A34" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B34" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C34" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D34" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E34" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F34" t="n" s="2">
+        <x:v>47.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35">
+      <x:c r="A35" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B35" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C35" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D35" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E35" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F35" t="n" s="2">
+        <x:v>47.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36">
+      <x:c r="A36" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B36" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C36" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D36" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E36" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F36" t="n" s="2">
+        <x:v>46.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37">
+      <x:c r="A37" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B37" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C37" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D37" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E37" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F37" t="n" s="2">
+        <x:v>49.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38">
+      <x:c r="A38" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B38" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C38" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D38" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E38" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F38" t="n" s="2">
+        <x:v>53.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39">
+      <x:c r="A39" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B39" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C39" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D39" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E39" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F39" t="n" s="2">
+        <x:v>55.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40">
+      <x:c r="A40" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B40" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C40" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D40" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E40" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F40" t="n" s="2">
+        <x:v>56.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41">
+      <x:c r="A41" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B41" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C41" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D41" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E41" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F41" t="n" s="2">
+        <x:v>65.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42">
+      <x:c r="A42" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B42" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C42" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D42" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E42" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F42" t="n" s="2">
+        <x:v>69.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43">
+      <x:c r="A43" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B43" t="str" s="2">
+        <x:v>SSK.3</x:v>
+      </x:c>
+      <x:c r="C43" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D43" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E43" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F43" t="n" s="2">
+        <x:v>67.85</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:drawing r:id="drawing1"/>
+</x:worksheet>
 </file>
-
-[...18 lines deleted...]
-</file>