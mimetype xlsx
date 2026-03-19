--- v1 (2026-02-27)
+++ v2 (2026-03-19)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R0703557ca6ce40228efa5c88da8ddff9"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R24a97d6b97d24c96bbde879ef5b5eace"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0703557ca6ce40228efa5c88da8ddff9" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R24a97d6b97d24c96bbde879ef5b5eace" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F43"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>