--- v0 (2025-10-07)
+++ v1 (2026-02-04)
@@ -1,7739 +1,7317 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/xml"/>
-[...7 lines deleted...]
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="image/jpeg" Extension="jpg"/>
+  <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="image/gif" Extension="gif"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...9 lines deleted...]
-</workbook>
+<x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheets>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R6725224a30fe45939253cf579f5aee44"/>
+  </x:sheets>
+</x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
-[...99 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-[...52 lines deleted...]
-</styleSheet>
+<x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:numFmts count="0"/>
+  <x:fonts count="1">
+    <x:font/>
+  </x:fonts>
+  <x:fills count="1">
+    <x:fill/>
+  </x:fills>
+  <x:borders count="1">
+    <x:border/>
+  </x:borders>
+  <x:cellStyleXfs count="1">
+    <x:xf/>
+  </x:cellStyleXfs>
+  <x:cellXfs count="5">
+    <x:xf/>
+    <x:xf/>
+    <x:xf/>
+    <x:xf numFmtId="14" applyNumberFormat="1"/>
+    <x:xf/>
+  </x:cellXfs>
+</x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6725224a30fe45939253cf579f5aee44" />
+    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-[...279 lines deleted...]
-</a:theme>
+<file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+    
+</Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
+</file>
+
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
-[...7236 lines deleted...]
-</worksheet>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:dimension ref="A1:F361"/>
+  <x:sheetViews>
+    <x:sheetView tabSelected="0" workbookViewId="0">
+      <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <x:selection pane="bottomLeft"/>
+    </x:sheetView>
+  </x:sheetViews>
+  <x:cols>
+    <x:col min="1" max="1" width="63.2" customWidth="1"/>
+    <x:col min="2" max="2" width="9.28515625" customWidth="1"/>
+    <x:col min="3" max="3" width="18.8" customWidth="1"/>
+    <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
+    <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
+    <x:col min="6" max="6" width="12.8" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1">
+      <x:c r="A1" t="str" s="1">
+        <x:v>Name</x:v>
+      </x:c>
+      <x:c r="B1" t="str" s="1">
+        <x:v>Sign</x:v>
+      </x:c>
+      <x:c r="C1" t="str" s="1">
+        <x:v>Measure area</x:v>
+      </x:c>
+      <x:c r="D1" t="str" s="1">
+        <x:v>Date</x:v>
+      </x:c>
+      <x:c r="E1" t="str" s="1">
+        <x:v>Year</x:v>
+      </x:c>
+      <x:c r="F1" t="str" s="1">
+        <x:v>Value</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2">
+      <x:c r="A2" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B2" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C2" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D2" s="3">
+        <x:v>39447</x:v>
+      </x:c>
+      <x:c r="E2" t="n" s="2">
+        <x:v>2007</x:v>
+      </x:c>
+      <x:c r="F2" t="n" s="2">
+        <x:v>12.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3">
+      <x:c r="A3" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B3" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C3" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D3" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E3" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F3" t="n" s="2">
+        <x:v>11.276667</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4">
+      <x:c r="A4" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B4" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C4" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D4" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E4" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F4" t="n" s="2">
+        <x:v>10.866667</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5">
+      <x:c r="A5" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B5" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C5" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D5" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E5" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F5" t="n" s="2">
+        <x:v>11.228571</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6">
+      <x:c r="A6" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B6" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C6" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D6" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E6" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F6" t="n" s="2">
+        <x:v>10.725</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7">
+      <x:c r="A7" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B7" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C7" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D7" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E7" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F7" t="n" s="2">
+        <x:v>10.297059</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8">
+      <x:c r="A8" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B8" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C8" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D8" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E8" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F8" t="n" s="2">
+        <x:v>10.471579</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9">
+      <x:c r="A9" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B9" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C9" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D9" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E9" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F9" t="n" s="2">
+        <x:v>11.3185</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10">
+      <x:c r="A10" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B10" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C10" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D10" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E10" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F10" t="n" s="2">
+        <x:v>11.973158</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11">
+      <x:c r="A11" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B11" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C11" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D11" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E11" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F11" t="n" s="2">
+        <x:v>12.1805</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12">
+      <x:c r="A12" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B12" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C12" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D12" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E12" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F12" t="n" s="2">
+        <x:v>12.450455</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13">
+      <x:c r="A13" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B13" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C13" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D13" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E13" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F13" t="n" s="2">
+        <x:v>12.397826</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14">
+      <x:c r="A14" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B14" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C14" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D14" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E14" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F14" t="n" s="2">
+        <x:v>12.382609</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15">
+      <x:c r="A15" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B15" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C15" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D15" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E15" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F15" t="n" s="2">
+        <x:v>13.029545</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16">
+      <x:c r="A16" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B16" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C16" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D16" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E16" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F16" t="n" s="2">
+        <x:v>13.840476</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17">
+      <x:c r="A17" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B17" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C17" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D17" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E17" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F17" t="n" s="2">
+        <x:v>14.571818</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18">
+      <x:c r="A18" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B18" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C18" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D18" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E18" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F18" t="n" s="2">
+        <x:v>14.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19">
+      <x:c r="A19" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B19" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C19" t="str" s="2">
+        <x:v>Medel</x:v>
+      </x:c>
+      <x:c r="D19" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E19" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F19" t="n" s="2">
+        <x:v>15.1335</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20">
+      <x:c r="A20" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B20" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C20" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D20" s="3">
+        <x:v>39447</x:v>
+      </x:c>
+      <x:c r="E20" t="n" s="2">
+        <x:v>2007</x:v>
+      </x:c>
+      <x:c r="F20" t="n" s="2">
+        <x:v>12.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21">
+      <x:c r="A21" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B21" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C21" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D21" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E21" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F21" t="n" s="2">
+        <x:v>6.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22">
+      <x:c r="A22" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B22" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C22" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D22" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E22" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F22" t="n" s="2">
+        <x:v>6.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23">
+      <x:c r="A23" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B23" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C23" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D23" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E23" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F23" t="n" s="2">
+        <x:v>7.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24">
+      <x:c r="A24" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B24" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C24" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D24" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E24" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F24" t="n" s="2">
+        <x:v>6.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25">
+      <x:c r="A25" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B25" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C25" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D25" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E25" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F25" t="n" s="2">
+        <x:v>6.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26">
+      <x:c r="A26" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B26" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C26" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D26" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E26" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F26" t="n" s="2">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27">
+      <x:c r="A27" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B27" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C27" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D27" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E27" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F27" t="n" s="2">
+        <x:v>7.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28">
+      <x:c r="A28" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B28" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C28" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D28" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E28" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F28" t="n" s="2">
+        <x:v>8.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29">
+      <x:c r="A29" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B29" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C29" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D29" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E29" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F29" t="n" s="2">
+        <x:v>8.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30">
+      <x:c r="A30" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B30" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C30" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D30" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E30" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F30" t="n" s="2">
+        <x:v>8.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31">
+      <x:c r="A31" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B31" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C31" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D31" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E31" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F31" t="n" s="2">
+        <x:v>8.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32">
+      <x:c r="A32" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B32" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C32" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D32" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E32" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F32" t="n" s="2">
+        <x:v>8.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33">
+      <x:c r="A33" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B33" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C33" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D33" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E33" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F33" t="n" s="2">
+        <x:v>9.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34">
+      <x:c r="A34" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B34" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C34" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D34" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E34" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F34" t="n" s="2">
+        <x:v>9.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35">
+      <x:c r="A35" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B35" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C35" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D35" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E35" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F35" t="n" s="2">
+        <x:v>9.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36">
+      <x:c r="A36" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B36" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C36" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D36" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E36" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F36" t="n" s="2">
+        <x:v>10.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37">
+      <x:c r="A37" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B37" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C37" t="str" s="2">
+        <x:v>Median</x:v>
+      </x:c>
+      <x:c r="D37" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E37" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F37" t="n" s="2">
+        <x:v>10.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38">
+      <x:c r="A38" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B38" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C38" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D38" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E38" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F38" t="n" s="2">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39">
+      <x:c r="A39" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B39" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C39" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D39" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E39" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F39" t="n" s="2">
+        <x:v>4.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40">
+      <x:c r="A40" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B40" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C40" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D40" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E40" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F40" t="n" s="2">
+        <x:v>4.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41">
+      <x:c r="A41" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B41" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C41" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D41" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E41" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F41" t="n" s="2">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42">
+      <x:c r="A42" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B42" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C42" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D42" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E42" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F42" t="n" s="2">
+        <x:v>3.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43">
+      <x:c r="A43" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B43" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C43" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D43" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E43" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F43" t="n" s="2">
+        <x:v>6.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44">
+      <x:c r="A44" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B44" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C44" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D44" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E44" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F44" t="n" s="2">
+        <x:v>5.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45">
+      <x:c r="A45" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B45" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C45" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D45" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E45" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F45" t="n" s="2">
+        <x:v>6.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46">
+      <x:c r="A46" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B46" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C46" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D46" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E46" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F46" t="n" s="2">
+        <x:v>7.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47">
+      <x:c r="A47" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B47" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C47" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D47" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E47" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F47" t="n" s="2">
+        <x:v>9.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48">
+      <x:c r="A48" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B48" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C48" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D48" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E48" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F48" t="n" s="2">
+        <x:v>10.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49">
+      <x:c r="A49" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B49" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C49" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D49" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E49" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F49" t="n" s="2">
+        <x:v>8.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50">
+      <x:c r="A50" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B50" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C50" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D50" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E50" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F50" t="n" s="2">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51">
+      <x:c r="A51" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B51" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C51" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D51" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E51" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F51" t="n" s="2">
+        <x:v>10.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52">
+      <x:c r="A52" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B52" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C52" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D52" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E52" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F52" t="n" s="2">
+        <x:v>10.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53">
+      <x:c r="A53" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B53" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C53" t="str" s="2">
+        <x:v>Botkyrka</x:v>
+      </x:c>
+      <x:c r="D53" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E53" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F53" t="n" s="2">
+        <x:v>12.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54">
+      <x:c r="A54" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B54" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C54" t="str" s="2">
+        <x:v>Danderyd</x:v>
+      </x:c>
+      <x:c r="D54" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E54" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F54" t="n" s="2">
+        <x:v>2.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55">
+      <x:c r="A55" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B55" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C55" t="str" s="2">
+        <x:v>Danderyd</x:v>
+      </x:c>
+      <x:c r="D55" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E55" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F55" t="n" s="2">
+        <x:v>2.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56">
+      <x:c r="A56" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B56" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C56" t="str" s="2">
+        <x:v>Danderyd</x:v>
+      </x:c>
+      <x:c r="D56" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E56" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F56" t="n" s="2">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57">
+      <x:c r="A57" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B57" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C57" t="str" s="2">
+        <x:v>Danderyd</x:v>
+      </x:c>
+      <x:c r="D57" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E57" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F57" t="n" s="2">
+        <x:v>3.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58">
+      <x:c r="A58" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B58" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C58" t="str" s="2">
+        <x:v>Danderyd</x:v>
+      </x:c>
+      <x:c r="D58" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E58" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F58" t="n" s="2">
+        <x:v>4.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59">
+      <x:c r="A59" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B59" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C59" t="str" s="2">
+        <x:v>Danderyd</x:v>
+      </x:c>
+      <x:c r="D59" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E59" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F59" t="n" s="2">
+        <x:v>4.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60">
+      <x:c r="A60" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B60" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C60" t="str" s="2">
+        <x:v>Danderyd</x:v>
+      </x:c>
+      <x:c r="D60" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E60" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F60" t="n" s="2">
+        <x:v>4.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61">
+      <x:c r="A61" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B61" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C61" t="str" s="2">
+        <x:v>Danderyd</x:v>
+      </x:c>
+      <x:c r="D61" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E61" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F61" t="n" s="2">
+        <x:v>4.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62">
+      <x:c r="A62" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B62" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C62" t="str" s="2">
+        <x:v>Danderyd</x:v>
+      </x:c>
+      <x:c r="D62" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E62" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F62" t="n" s="2">
+        <x:v>4.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63">
+      <x:c r="A63" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B63" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C63" t="str" s="2">
+        <x:v>Danderyd</x:v>
+      </x:c>
+      <x:c r="D63" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E63" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F63" t="n" s="2">
+        <x:v>3.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64">
+      <x:c r="A64" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B64" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C64" t="str" s="2">
+        <x:v>Danderyd</x:v>
+      </x:c>
+      <x:c r="D64" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E64" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F64" t="n" s="2">
+        <x:v>3.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65">
+      <x:c r="A65" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B65" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C65" t="str" s="2">
+        <x:v>Danderyd</x:v>
+      </x:c>
+      <x:c r="D65" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E65" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F65" t="n" s="2">
+        <x:v>2.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66">
+      <x:c r="A66" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B66" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C66" t="str" s="2">
+        <x:v>Danderyd</x:v>
+      </x:c>
+      <x:c r="D66" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E66" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F66" t="n" s="2">
+        <x:v>4.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67">
+      <x:c r="A67" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B67" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C67" t="str" s="2">
+        <x:v>Ekerö</x:v>
+      </x:c>
+      <x:c r="D67" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E67" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F67" t="n" s="2">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68">
+      <x:c r="A68" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B68" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C68" t="str" s="2">
+        <x:v>Ekerö</x:v>
+      </x:c>
+      <x:c r="D68" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E68" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F68" t="n" s="2">
+        <x:v>6.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69">
+      <x:c r="A69" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B69" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C69" t="str" s="2">
+        <x:v>Ekerö</x:v>
+      </x:c>
+      <x:c r="D69" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E69" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F69" t="n" s="2">
+        <x:v>6.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70">
+      <x:c r="A70" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B70" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C70" t="str" s="2">
+        <x:v>Ekerö</x:v>
+      </x:c>
+      <x:c r="D70" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E70" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F70" t="n" s="2">
+        <x:v>5.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71">
+      <x:c r="A71" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B71" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C71" t="str" s="2">
+        <x:v>Ekerö</x:v>
+      </x:c>
+      <x:c r="D71" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E71" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F71" t="n" s="2">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72">
+      <x:c r="A72" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B72" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C72" t="str" s="2">
+        <x:v>Ekerö</x:v>
+      </x:c>
+      <x:c r="D72" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E72" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F72" t="n" s="2">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73">
+      <x:c r="A73" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B73" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C73" t="str" s="2">
+        <x:v>Ekerö</x:v>
+      </x:c>
+      <x:c r="D73" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E73" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F73" t="n" s="2">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74">
+      <x:c r="A74" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B74" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C74" t="str" s="2">
+        <x:v>Ekerö</x:v>
+      </x:c>
+      <x:c r="D74" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E74" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F74" t="n" s="2">
+        <x:v>7.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75">
+      <x:c r="A75" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B75" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C75" t="str" s="2">
+        <x:v>Huddinge</x:v>
+      </x:c>
+      <x:c r="D75" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E75" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F75" t="n" s="2">
+        <x:v>5.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76">
+      <x:c r="A76" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B76" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C76" t="str" s="2">
+        <x:v>Huddinge</x:v>
+      </x:c>
+      <x:c r="D76" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E76" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F76" t="n" s="2">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77">
+      <x:c r="A77" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B77" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C77" t="str" s="2">
+        <x:v>Huddinge</x:v>
+      </x:c>
+      <x:c r="D77" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E77" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F77" t="n" s="2">
+        <x:v>7.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78">
+      <x:c r="A78" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B78" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C78" t="str" s="2">
+        <x:v>Huddinge</x:v>
+      </x:c>
+      <x:c r="D78" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E78" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F78" t="n" s="2">
+        <x:v>9.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79">
+      <x:c r="A79" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B79" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C79" t="str" s="2">
+        <x:v>Huddinge</x:v>
+      </x:c>
+      <x:c r="D79" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E79" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F79" t="n" s="2">
+        <x:v>12.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80">
+      <x:c r="A80" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B80" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C80" t="str" s="2">
+        <x:v>Huddinge</x:v>
+      </x:c>
+      <x:c r="D80" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E80" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F80" t="n" s="2">
+        <x:v>13.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81">
+      <x:c r="A81" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B81" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C81" t="str" s="2">
+        <x:v>Huddinge</x:v>
+      </x:c>
+      <x:c r="D81" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E81" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F81" t="n" s="2">
+        <x:v>14.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82">
+      <x:c r="A82" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B82" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C82" t="str" s="2">
+        <x:v>Huddinge</x:v>
+      </x:c>
+      <x:c r="D82" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E82" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F82" t="n" s="2">
+        <x:v>17.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83">
+      <x:c r="A83" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B83" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C83" t="str" s="2">
+        <x:v>Huddinge</x:v>
+      </x:c>
+      <x:c r="D83" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E83" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F83" t="n" s="2">
+        <x:v>19.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84">
+      <x:c r="A84" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B84" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C84" t="str" s="2">
+        <x:v>Huddinge</x:v>
+      </x:c>
+      <x:c r="D84" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E84" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F84" t="n" s="2">
+        <x:v>18.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85">
+      <x:c r="A85" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B85" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C85" t="str" s="2">
+        <x:v>Huddinge</x:v>
+      </x:c>
+      <x:c r="D85" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E85" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F85" t="n" s="2">
+        <x:v>18.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86">
+      <x:c r="A86" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B86" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C86" t="str" s="2">
+        <x:v>Huddinge</x:v>
+      </x:c>
+      <x:c r="D86" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E86" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F86" t="n" s="2">
+        <x:v>20.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87">
+      <x:c r="A87" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B87" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C87" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D87" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E87" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F87" t="n" s="2">
+        <x:v>6.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88">
+      <x:c r="A88" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B88" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C88" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D88" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E88" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F88" t="n" s="2">
+        <x:v>7.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89">
+      <x:c r="A89" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B89" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C89" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D89" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E89" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F89" t="n" s="2">
+        <x:v>6.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90">
+      <x:c r="A90" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B90" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C90" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D90" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E90" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F90" t="n" s="2">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91">
+      <x:c r="A91" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B91" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C91" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D91" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E91" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F91" t="n" s="2">
+        <x:v>7.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92">
+      <x:c r="A92" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B92" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C92" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D92" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E92" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F92" t="n" s="2">
+        <x:v>7.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93">
+      <x:c r="A93" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B93" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C93" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D93" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E93" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F93" t="n" s="2">
+        <x:v>8.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94">
+      <x:c r="A94" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B94" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C94" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D94" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E94" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F94" t="n" s="2">
+        <x:v>10.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95">
+      <x:c r="A95" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B95" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C95" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D95" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E95" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F95" t="n" s="2">
+        <x:v>11.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96">
+      <x:c r="A96" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B96" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C96" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D96" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E96" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F96" t="n" s="2">
+        <x:v>11.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97">
+      <x:c r="A97" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B97" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C97" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D97" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E97" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F97" t="n" s="2">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98">
+      <x:c r="A98" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B98" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C98" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D98" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E98" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F98" t="n" s="2">
+        <x:v>13.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99">
+      <x:c r="A99" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B99" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C99" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D99" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E99" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F99" t="n" s="2">
+        <x:v>13.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100">
+      <x:c r="A100" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B100" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C100" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D100" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E100" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F100" t="n" s="2">
+        <x:v>13.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101">
+      <x:c r="A101" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B101" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C101" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D101" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E101" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F101" t="n" s="2">
+        <x:v>13.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102">
+      <x:c r="A102" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B102" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C102" t="str" s="2">
+        <x:v>Järfälla</x:v>
+      </x:c>
+      <x:c r="D102" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E102" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F102" t="n" s="2">
+        <x:v>12.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103">
+      <x:c r="A103" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B103" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C103" t="str" s="2">
+        <x:v>Lidingö</x:v>
+      </x:c>
+      <x:c r="D103" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E103" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F103" t="n" s="2">
+        <x:v>5.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104">
+      <x:c r="A104" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B104" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C104" t="str" s="2">
+        <x:v>Lidingö</x:v>
+      </x:c>
+      <x:c r="D104" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E104" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F104" t="n" s="2">
+        <x:v>5.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105">
+      <x:c r="A105" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B105" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C105" t="str" s="2">
+        <x:v>Lidingö</x:v>
+      </x:c>
+      <x:c r="D105" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E105" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F105" t="n" s="2">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106">
+      <x:c r="A106" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B106" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C106" t="str" s="2">
+        <x:v>Lidingö</x:v>
+      </x:c>
+      <x:c r="D106" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E106" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F106" t="n" s="2">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107">
+      <x:c r="A107" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B107" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C107" t="str" s="2">
+        <x:v>Lidingö</x:v>
+      </x:c>
+      <x:c r="D107" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E107" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F107" t="n" s="2">
+        <x:v>7.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108">
+      <x:c r="A108" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B108" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C108" t="str" s="2">
+        <x:v>Lidingö</x:v>
+      </x:c>
+      <x:c r="D108" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E108" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F108" t="n" s="2">
+        <x:v>7.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109">
+      <x:c r="A109" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B109" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C109" t="str" s="2">
+        <x:v>Lidingö</x:v>
+      </x:c>
+      <x:c r="D109" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E109" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F109" t="n" s="2">
+        <x:v>6.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110">
+      <x:c r="A110" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B110" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C110" t="str" s="2">
+        <x:v>Lidingö</x:v>
+      </x:c>
+      <x:c r="D110" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E110" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F110" t="n" s="2">
+        <x:v>5.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111">
+      <x:c r="A111" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B111" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C111" t="str" s="2">
+        <x:v>Lidingö</x:v>
+      </x:c>
+      <x:c r="D111" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E111" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F111" t="n" s="2">
+        <x:v>5.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112">
+      <x:c r="A112" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B112" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C112" t="str" s="2">
+        <x:v>Lidingö</x:v>
+      </x:c>
+      <x:c r="D112" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E112" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F112" t="n" s="2">
+        <x:v>5.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113">
+      <x:c r="A113" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B113" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C113" t="str" s="2">
+        <x:v>Lidingö</x:v>
+      </x:c>
+      <x:c r="D113" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E113" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F113" t="n" s="2">
+        <x:v>5.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114">
+      <x:c r="A114" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B114" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C114" t="str" s="2">
+        <x:v>Lidingö</x:v>
+      </x:c>
+      <x:c r="D114" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E114" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F114" t="n" s="2">
+        <x:v>5.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115">
+      <x:c r="A115" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B115" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C115" t="str" s="2">
+        <x:v>Lidingö</x:v>
+      </x:c>
+      <x:c r="D115" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E115" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F115" t="n" s="2">
+        <x:v>5.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116">
+      <x:c r="A116" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B116" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C116" t="str" s="2">
+        <x:v>Lidingö</x:v>
+      </x:c>
+      <x:c r="D116" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E116" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F116" t="n" s="2">
+        <x:v>5.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117">
+      <x:c r="A117" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B117" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C117" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D117" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E117" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F117" t="n" s="2">
+        <x:v>6.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118">
+      <x:c r="A118" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B118" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C118" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D118" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E118" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F118" t="n" s="2">
+        <x:v>7.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119">
+      <x:c r="A119" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B119" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C119" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D119" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E119" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F119" t="n" s="2">
+        <x:v>7.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120">
+      <x:c r="A120" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B120" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C120" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D120" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E120" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F120" t="n" s="2">
+        <x:v>7.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121">
+      <x:c r="A121" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B121" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C121" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D121" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E121" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F121" t="n" s="2">
+        <x:v>6.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122">
+      <x:c r="A122" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B122" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C122" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D122" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E122" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F122" t="n" s="2">
+        <x:v>7.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123">
+      <x:c r="A123" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B123" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C123" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D123" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E123" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F123" t="n" s="2">
+        <x:v>8.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124">
+      <x:c r="A124" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B124" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C124" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D124" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E124" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F124" t="n" s="2">
+        <x:v>8.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125">
+      <x:c r="A125" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B125" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C125" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D125" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E125" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F125" t="n" s="2">
+        <x:v>8.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126">
+      <x:c r="A126" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B126" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C126" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D126" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E126" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F126" t="n" s="2">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127">
+      <x:c r="A127" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B127" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C127" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D127" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E127" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F127" t="n" s="2">
+        <x:v>9.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128">
+      <x:c r="A128" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B128" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C128" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D128" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E128" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F128" t="n" s="2">
+        <x:v>9.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129">
+      <x:c r="A129" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B129" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C129" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D129" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E129" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F129" t="n" s="2">
+        <x:v>9.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130">
+      <x:c r="A130" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B130" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C130" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D130" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E130" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F130" t="n" s="2">
+        <x:v>9.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131">
+      <x:c r="A131" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B131" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C131" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D131" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E131" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F131" t="n" s="2">
+        <x:v>9.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132">
+      <x:c r="A132" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B132" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C132" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D132" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E132" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F132" t="n" s="2">
+        <x:v>11.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133">
+      <x:c r="A133" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B133" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C133" t="str" s="2">
+        <x:v>Nacka</x:v>
+      </x:c>
+      <x:c r="D133" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E133" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F133" t="n" s="2">
+        <x:v>14.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134">
+      <x:c r="A134" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B134" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C134" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D134" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E134" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F134" t="n" s="2">
+        <x:v>13.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135">
+      <x:c r="A135" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B135" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C135" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D135" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E135" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F135" t="n" s="2">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136">
+      <x:c r="A136" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B136" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C136" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D136" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E136" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F136" t="n" s="2">
+        <x:v>9.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137">
+      <x:c r="A137" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B137" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C137" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D137" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E137" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F137" t="n" s="2">
+        <x:v>8.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138">
+      <x:c r="A138" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B138" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C138" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D138" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E138" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F138" t="n" s="2">
+        <x:v>10.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139">
+      <x:c r="A139" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B139" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C139" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D139" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E139" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F139" t="n" s="2">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140">
+      <x:c r="A140" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B140" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C140" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D140" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E140" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F140" t="n" s="2">
+        <x:v>15.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141">
+      <x:c r="A141" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B141" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C141" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D141" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E141" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F141" t="n" s="2">
+        <x:v>15.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142">
+      <x:c r="A142" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B142" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C142" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D142" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E142" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F142" t="n" s="2">
+        <x:v>16.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143">
+      <x:c r="A143" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B143" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C143" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D143" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E143" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F143" t="n" s="2">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144">
+      <x:c r="A144" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B144" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C144" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D144" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E144" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F144" t="n" s="2">
+        <x:v>18.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145">
+      <x:c r="A145" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B145" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C145" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D145" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E145" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F145" t="n" s="2">
+        <x:v>15.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146">
+      <x:c r="A146" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B146" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C146" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D146" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E146" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F146" t="n" s="2">
+        <x:v>19.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147">
+      <x:c r="A147" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B147" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C147" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D147" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E147" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F147" t="n" s="2">
+        <x:v>14.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148">
+      <x:c r="A148" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B148" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C148" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D148" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E148" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F148" t="n" s="2">
+        <x:v>19.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149">
+      <x:c r="A149" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B149" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C149" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D149" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E149" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F149" t="n" s="2">
+        <x:v>12.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150">
+      <x:c r="A150" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B150" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C150" t="str" s="2">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+      <x:c r="D150" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E150" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F150" t="n" s="2">
+        <x:v>14.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151">
+      <x:c r="A151" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B151" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C151" t="str" s="2">
+        <x:v>Nykvarn</x:v>
+      </x:c>
+      <x:c r="D151" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E151" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F151" t="n" s="2">
+        <x:v>1.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152">
+      <x:c r="A152" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B152" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C152" t="str" s="2">
+        <x:v>Nykvarn</x:v>
+      </x:c>
+      <x:c r="D152" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E152" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F152" t="n" s="2">
+        <x:v>1.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153">
+      <x:c r="A153" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B153" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C153" t="str" s="2">
+        <x:v>Nykvarn</x:v>
+      </x:c>
+      <x:c r="D153" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E153" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F153" t="n" s="2">
+        <x:v>2.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154">
+      <x:c r="A154" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B154" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C154" t="str" s="2">
+        <x:v>Nykvarn</x:v>
+      </x:c>
+      <x:c r="D154" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E154" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F154" t="n" s="2">
+        <x:v>2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155">
+      <x:c r="A155" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B155" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C155" t="str" s="2">
+        <x:v>Nykvarn</x:v>
+      </x:c>
+      <x:c r="D155" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E155" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F155" t="n" s="2">
+        <x:v>3.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156">
+      <x:c r="A156" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B156" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C156" t="str" s="2">
+        <x:v>Nykvarn</x:v>
+      </x:c>
+      <x:c r="D156" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E156" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F156" t="n" s="2">
+        <x:v>3.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157">
+      <x:c r="A157" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B157" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C157" t="str" s="2">
+        <x:v>Nykvarn</x:v>
+      </x:c>
+      <x:c r="D157" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E157" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F157" t="n" s="2">
+        <x:v>4.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158">
+      <x:c r="A158" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B158" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C158" t="str" s="2">
+        <x:v>Nykvarn</x:v>
+      </x:c>
+      <x:c r="D158" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E158" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F158" t="n" s="2">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159">
+      <x:c r="A159" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B159" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C159" t="str" s="2">
+        <x:v>Nykvarn</x:v>
+      </x:c>
+      <x:c r="D159" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E159" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F159" t="n" s="2">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160">
+      <x:c r="A160" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B160" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C160" t="str" s="2">
+        <x:v>Salem</x:v>
+      </x:c>
+      <x:c r="D160" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E160" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F160" t="n" s="2">
+        <x:v>1.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161">
+      <x:c r="A161" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B161" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C161" t="str" s="2">
+        <x:v>Salem</x:v>
+      </x:c>
+      <x:c r="D161" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E161" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F161" t="n" s="2">
+        <x:v>1.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162">
+      <x:c r="A162" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B162" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C162" t="str" s="2">
+        <x:v>Salem</x:v>
+      </x:c>
+      <x:c r="D162" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E162" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F162" t="n" s="2">
+        <x:v>1.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163">
+      <x:c r="A163" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B163" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C163" t="str" s="2">
+        <x:v>Salem</x:v>
+      </x:c>
+      <x:c r="D163" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E163" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F163" t="n" s="2">
+        <x:v>1.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164">
+      <x:c r="A164" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B164" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C164" t="str" s="2">
+        <x:v>Salem</x:v>
+      </x:c>
+      <x:c r="D164" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E164" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F164" t="n" s="2">
+        <x:v>1.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165">
+      <x:c r="A165" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B165" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C165" t="str" s="2">
+        <x:v>Salem</x:v>
+      </x:c>
+      <x:c r="D165" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E165" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F165" t="n" s="2">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166">
+      <x:c r="A166" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B166" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C166" t="str" s="2">
+        <x:v>Salem</x:v>
+      </x:c>
+      <x:c r="D166" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E166" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F166" t="n" s="2">
+        <x:v>1.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167">
+      <x:c r="A167" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B167" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C167" t="str" s="2">
+        <x:v>Salem</x:v>
+      </x:c>
+      <x:c r="D167" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E167" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F167" t="n" s="2">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168">
+      <x:c r="A168" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B168" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C168" t="str" s="2">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+      <x:c r="D168" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E168" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F168" t="n" s="2">
+        <x:v>5.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169">
+      <x:c r="A169" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B169" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C169" t="str" s="2">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+      <x:c r="D169" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E169" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F169" t="n" s="2">
+        <x:v>6.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170">
+      <x:c r="A170" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B170" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C170" t="str" s="2">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+      <x:c r="D170" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E170" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F170" t="n" s="2">
+        <x:v>6.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171">
+      <x:c r="A171" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B171" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C171" t="str" s="2">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+      <x:c r="D171" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E171" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F171" t="n" s="2">
+        <x:v>7.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172">
+      <x:c r="A172" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B172" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C172" t="str" s="2">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+      <x:c r="D172" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E172" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F172" t="n" s="2">
+        <x:v>8.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173">
+      <x:c r="A173" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B173" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C173" t="str" s="2">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+      <x:c r="D173" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E173" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F173" t="n" s="2">
+        <x:v>8.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174">
+      <x:c r="A174" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B174" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C174" t="str" s="2">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+      <x:c r="D174" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E174" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F174" t="n" s="2">
+        <x:v>8.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175">
+      <x:c r="A175" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B175" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C175" t="str" s="2">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+      <x:c r="D175" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E175" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F175" t="n" s="2">
+        <x:v>8.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176">
+      <x:c r="A176" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B176" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C176" t="str" s="2">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+      <x:c r="D176" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E176" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F176" t="n" s="2">
+        <x:v>10.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177">
+      <x:c r="A177" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B177" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C177" t="str" s="2">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+      <x:c r="D177" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E177" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F177" t="n" s="2">
+        <x:v>10.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178">
+      <x:c r="A178" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B178" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C178" t="str" s="2">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+      <x:c r="D178" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E178" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F178" t="n" s="2">
+        <x:v>9.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179">
+      <x:c r="A179" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B179" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C179" t="str" s="2">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+      <x:c r="D179" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E179" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F179" t="n" s="2">
+        <x:v>9.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180">
+      <x:c r="A180" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B180" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C180" t="str" s="2">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+      <x:c r="D180" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E180" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F180" t="n" s="2">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181">
+      <x:c r="A181" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B181" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C181" t="str" s="2">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+      <x:c r="D181" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E181" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F181" t="n" s="2">
+        <x:v>11.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182">
+      <x:c r="A182" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B182" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C182" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D182" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E182" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F182" t="n" s="2">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183">
+      <x:c r="A183" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B183" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C183" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D183" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E183" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F183" t="n" s="2">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184">
+      <x:c r="A184" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B184" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C184" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D184" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E184" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F184" t="n" s="2">
+        <x:v>4.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185">
+      <x:c r="A185" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B185" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C185" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D185" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E185" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F185" t="n" s="2">
+        <x:v>5.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186">
+      <x:c r="A186" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B186" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C186" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D186" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E186" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F186" t="n" s="2">
+        <x:v>5.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187">
+      <x:c r="A187" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B187" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C187" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D187" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E187" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F187" t="n" s="2">
+        <x:v>5.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188">
+      <x:c r="A188" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B188" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C188" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D188" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E188" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F188" t="n" s="2">
+        <x:v>5.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189">
+      <x:c r="A189" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B189" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C189" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D189" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E189" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F189" t="n" s="2">
+        <x:v>4.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190">
+      <x:c r="A190" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B190" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C190" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D190" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E190" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F190" t="n" s="2">
+        <x:v>6.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191">
+      <x:c r="A191" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B191" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C191" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D191" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E191" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F191" t="n" s="2">
+        <x:v>7.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192">
+      <x:c r="A192" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B192" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C192" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D192" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E192" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F192" t="n" s="2">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193">
+      <x:c r="A193" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B193" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C193" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D193" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E193" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F193" t="n" s="2">
+        <x:v>8.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194">
+      <x:c r="A194" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B194" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C194" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D194" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E194" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F194" t="n" s="2">
+        <x:v>8.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195">
+      <x:c r="A195" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B195" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C195" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D195" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E195" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F195" t="n" s="2">
+        <x:v>9.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196">
+      <x:c r="A196" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B196" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C196" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D196" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E196" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F196" t="n" s="2">
+        <x:v>10.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197">
+      <x:c r="A197" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B197" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C197" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D197" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E197" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F197" t="n" s="2">
+        <x:v>9.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198">
+      <x:c r="A198" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B198" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C198" t="str" s="2">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+      <x:c r="D198" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E198" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F198" t="n" s="2">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199">
+      <x:c r="A199" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B199" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C199" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D199" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E199" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F199" t="n" s="2">
+        <x:v>7.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200">
+      <x:c r="A200" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B200" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C200" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D200" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E200" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F200" t="n" s="2">
+        <x:v>7.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201">
+      <x:c r="A201" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B201" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C201" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D201" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E201" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F201" t="n" s="2">
+        <x:v>9.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202">
+      <x:c r="A202" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B202" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C202" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D202" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E202" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F202" t="n" s="2">
+        <x:v>8.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203">
+      <x:c r="A203" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B203" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C203" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D203" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E203" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F203" t="n" s="2">
+        <x:v>7.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204">
+      <x:c r="A204" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B204" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C204" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D204" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E204" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F204" t="n" s="2">
+        <x:v>8.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205">
+      <x:c r="A205" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B205" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C205" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D205" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E205" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F205" t="n" s="2">
+        <x:v>8.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206">
+      <x:c r="A206" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B206" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C206" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D206" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E206" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F206" t="n" s="2">
+        <x:v>9.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207">
+      <x:c r="A207" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B207" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C207" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D207" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E207" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F207" t="n" s="2">
+        <x:v>8.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208">
+      <x:c r="A208" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B208" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C208" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D208" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E208" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F208" t="n" s="2">
+        <x:v>9.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209">
+      <x:c r="A209" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B209" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C209" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D209" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E209" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F209" t="n" s="2">
+        <x:v>10.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210">
+      <x:c r="A210" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B210" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C210" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D210" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E210" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F210" t="n" s="2">
+        <x:v>11.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211">
+      <x:c r="A211" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B211" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C211" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D211" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E211" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F211" t="n" s="2">
+        <x:v>11.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212">
+      <x:c r="A212" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B212" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C212" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D212" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E212" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F212" t="n" s="2">
+        <x:v>10.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213">
+      <x:c r="A213" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B213" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C213" t="str" s="2">
+        <x:v>Solna</x:v>
+      </x:c>
+      <x:c r="D213" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E213" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F213" t="n" s="2">
+        <x:v>9.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214">
+      <x:c r="A214" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B214" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C214" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D214" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E214" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F214" t="n" s="2">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215">
+      <x:c r="A215" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B215" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C215" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D215" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E215" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F215" t="n" s="2">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216">
+      <x:c r="A216" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B216" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C216" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D216" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E216" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F216" t="n" s="2">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217">
+      <x:c r="A217" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B217" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C217" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D217" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E217" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F217" t="n" s="2">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218">
+      <x:c r="A218" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B218" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C218" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D218" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E218" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F218" t="n" s="2">
+        <x:v>56.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219">
+      <x:c r="A219" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B219" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C219" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D219" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E219" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F219" t="n" s="2">
+        <x:v>52.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220">
+      <x:c r="A220" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B220" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C220" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D220" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E220" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F220" t="n" s="2">
+        <x:v>60.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221">
+      <x:c r="A221" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B221" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C221" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D221" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E221" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F221" t="n" s="2">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222">
+      <x:c r="A222" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B222" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C222" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D222" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E222" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F222" t="n" s="2">
+        <x:v>64.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223">
+      <x:c r="A223" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B223" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C223" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D223" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E223" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F223" t="n" s="2">
+        <x:v>61.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224">
+      <x:c r="A224" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B224" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C224" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D224" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E224" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F224" t="n" s="2">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225">
+      <x:c r="A225" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B225" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C225" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D225" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E225" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F225" t="n" s="2">
+        <x:v>67.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226">
+      <x:c r="A226" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B226" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C226" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D226" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E226" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F226" t="n" s="2">
+        <x:v>64.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227">
+      <x:c r="A227" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B227" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C227" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D227" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E227" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F227" t="n" s="2">
+        <x:v>72.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228">
+      <x:c r="A228" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B228" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C228" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D228" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E228" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F228" t="n" s="2">
+        <x:v>75.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229">
+      <x:c r="A229" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B229" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C229" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D229" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E229" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F229" t="n" s="2">
+        <x:v>81.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230">
+      <x:c r="A230" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B230" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C230" t="str" s="2">
+        <x:v>Stockholm</x:v>
+      </x:c>
+      <x:c r="D230" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E230" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F230" t="n" s="2">
+        <x:v>81.0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="231">
+      <x:c r="A231" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B231" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C231" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D231" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E231" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F231" t="n" s="2">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232">
+      <x:c r="A232" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B232" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C232" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D232" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E232" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F232" t="n" s="2">
+        <x:v>2.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233">
+      <x:c r="A233" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B233" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C233" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D233" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E233" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F233" t="n" s="2">
+        <x:v>2.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234">
+      <x:c r="A234" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B234" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C234" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D234" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E234" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F234" t="n" s="2">
+        <x:v>2.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="235">
+      <x:c r="A235" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B235" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C235" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D235" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E235" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F235" t="n" s="2">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="236">
+      <x:c r="A236" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B236" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C236" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D236" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E236" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F236" t="n" s="2">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="237">
+      <x:c r="A237" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B237" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C237" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D237" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E237" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F237" t="n" s="2">
+        <x:v>4.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="238">
+      <x:c r="A238" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B238" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C238" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D238" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E238" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F238" t="n" s="2">
+        <x:v>4.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="239">
+      <x:c r="A239" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B239" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C239" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D239" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E239" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F239" t="n" s="2">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="240">
+      <x:c r="A240" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B240" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C240" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D240" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E240" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F240" t="n" s="2">
+        <x:v>3.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="241">
+      <x:c r="A241" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B241" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C241" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D241" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E241" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F241" t="n" s="2">
+        <x:v>3.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="242">
+      <x:c r="A242" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B242" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C242" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D242" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E242" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F242" t="n" s="2">
+        <x:v>5.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="243">
+      <x:c r="A243" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B243" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C243" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D243" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E243" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F243" t="n" s="2">
+        <x:v>5.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="244">
+      <x:c r="A244" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B244" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C244" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D244" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E244" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F244" t="n" s="2">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="245">
+      <x:c r="A245" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B245" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C245" t="str" s="2">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+      <x:c r="D245" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E245" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F245" t="n" s="2">
+        <x:v>5.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="246">
+      <x:c r="A246" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B246" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C246" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D246" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E246" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F246" t="n" s="2">
+        <x:v>12.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="247">
+      <x:c r="A247" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B247" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C247" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D247" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E247" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F247" t="n" s="2">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="248">
+      <x:c r="A248" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B248" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C248" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D248" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E248" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F248" t="n" s="2">
+        <x:v>13.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="249">
+      <x:c r="A249" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B249" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C249" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D249" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E249" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F249" t="n" s="2">
+        <x:v>12.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="250">
+      <x:c r="A250" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B250" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C250" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D250" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E250" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F250" t="n" s="2">
+        <x:v>14.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="251">
+      <x:c r="A251" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B251" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C251" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D251" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E251" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F251" t="n" s="2">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="252">
+      <x:c r="A252" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B252" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C252" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D252" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E252" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F252" t="n" s="2">
+        <x:v>13.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="253">
+      <x:c r="A253" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B253" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C253" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D253" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E253" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F253" t="n" s="2">
+        <x:v>14.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="254">
+      <x:c r="A254" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B254" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C254" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D254" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E254" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F254" t="n" s="2">
+        <x:v>14.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="255">
+      <x:c r="A255" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B255" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C255" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D255" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E255" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F255" t="n" s="2">
+        <x:v>15.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="256">
+      <x:c r="A256" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B256" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C256" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D256" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E256" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F256" t="n" s="2">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="257">
+      <x:c r="A257" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B257" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C257" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D257" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E257" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F257" t="n" s="2">
+        <x:v>14.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="258">
+      <x:c r="A258" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B258" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C258" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D258" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E258" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F258" t="n" s="2">
+        <x:v>16.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="259">
+      <x:c r="A259" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B259" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C259" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D259" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E259" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F259" t="n" s="2">
+        <x:v>18.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="260">
+      <x:c r="A260" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B260" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C260" t="str" s="2">
+        <x:v>Södertälje</x:v>
+      </x:c>
+      <x:c r="D260" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E260" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F260" t="n" s="2">
+        <x:v>20.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="261">
+      <x:c r="A261" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B261" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C261" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D261" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E261" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F261" t="n" s="2">
+        <x:v>14.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="262">
+      <x:c r="A262" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B262" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C262" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D262" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E262" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F262" t="n" s="2">
+        <x:v>13.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="263">
+      <x:c r="A263" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B263" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C263" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D263" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E263" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F263" t="n" s="2">
+        <x:v>13.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="264">
+      <x:c r="A264" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B264" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C264" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D264" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E264" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F264" t="n" s="2">
+        <x:v>18.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="265">
+      <x:c r="A265" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B265" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C265" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D265" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E265" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F265" t="n" s="2">
+        <x:v>22.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="266">
+      <x:c r="A266" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B266" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C266" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D266" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E266" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F266" t="n" s="2">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="267">
+      <x:c r="A267" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B267" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C267" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D267" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E267" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F267" t="n" s="2">
+        <x:v>25.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="268">
+      <x:c r="A268" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B268" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C268" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D268" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E268" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F268" t="n" s="2">
+        <x:v>22.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="269">
+      <x:c r="A269" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B269" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C269" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D269" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E269" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F269" t="n" s="2">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="270">
+      <x:c r="A270" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B270" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C270" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D270" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E270" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F270" t="n" s="2">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="271">
+      <x:c r="A271" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B271" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C271" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D271" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E271" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F271" t="n" s="2">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="272">
+      <x:c r="A272" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B272" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C272" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D272" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E272" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F272" t="n" s="2">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="273">
+      <x:c r="A273" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B273" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C273" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D273" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E273" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F273" t="n" s="2">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="274">
+      <x:c r="A274" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B274" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C274" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D274" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E274" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F274" t="n" s="2">
+        <x:v>28.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="275">
+      <x:c r="A275" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B275" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C275" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D275" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E275" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F275" t="n" s="2">
+        <x:v>33.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="276">
+      <x:c r="A276" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B276" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C276" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D276" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E276" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F276" t="n" s="2">
+        <x:v>27.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="277">
+      <x:c r="A277" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B277" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C277" t="str" s="2">
+        <x:v>Södertörn</x:v>
+      </x:c>
+      <x:c r="D277" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E277" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F277" t="n" s="2">
+        <x:v>26.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="278">
+      <x:c r="A278" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B278" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C278" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D278" s="3">
+        <x:v>39447</x:v>
+      </x:c>
+      <x:c r="E278" t="n" s="2">
+        <x:v>2007</x:v>
+      </x:c>
+      <x:c r="F278" t="n" s="2">
+        <x:v>12.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="279">
+      <x:c r="A279" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B279" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C279" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D279" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E279" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F279" t="n" s="2">
+        <x:v>14.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="280">
+      <x:c r="A280" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B280" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C280" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D280" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E280" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F280" t="n" s="2">
+        <x:v>12.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="281">
+      <x:c r="A281" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B281" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C281" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D281" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E281" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F281" t="n" s="2">
+        <x:v>12.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="282">
+      <x:c r="A282" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B282" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C282" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D282" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E282" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F282" t="n" s="2">
+        <x:v>12.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="283">
+      <x:c r="A283" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B283" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C283" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D283" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E283" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F283" t="n" s="2">
+        <x:v>8.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="284">
+      <x:c r="A284" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B284" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C284" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D284" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E284" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F284" t="n" s="2">
+        <x:v>8.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="285">
+      <x:c r="A285" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B285" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C285" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D285" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E285" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F285" t="n" s="2">
+        <x:v>8.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="286">
+      <x:c r="A286" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B286" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C286" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D286" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E286" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F286" t="n" s="2">
+        <x:v>7.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="287">
+      <x:c r="A287" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B287" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C287" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D287" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E287" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F287" t="n" s="2">
+        <x:v>7.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="288">
+      <x:c r="A288" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B288" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C288" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D288" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E288" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F288" t="n" s="2">
+        <x:v>9.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="289">
+      <x:c r="A289" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B289" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C289" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D289" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E289" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F289" t="n" s="2">
+        <x:v>8.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="290">
+      <x:c r="A290" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B290" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C290" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D290" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E290" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F290" t="n" s="2">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="291">
+      <x:c r="A291" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B291" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C291" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D291" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E291" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F291" t="n" s="2">
+        <x:v>8.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="292">
+      <x:c r="A292" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B292" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C292" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D292" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E292" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F292" t="n" s="2">
+        <x:v>9.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="293">
+      <x:c r="A293" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B293" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C293" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D293" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E293" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F293" t="n" s="2">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="294">
+      <x:c r="A294" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B294" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C294" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D294" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E294" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F294" t="n" s="2">
+        <x:v>10.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="295">
+      <x:c r="A295" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B295" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C295" t="str" s="2">
+        <x:v>Södra Roslagen</x:v>
+      </x:c>
+      <x:c r="D295" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E295" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F295" t="n" s="2">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="296">
+      <x:c r="A296" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B296" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C296" t="str" s="2">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+      <x:c r="D296" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E296" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F296" t="n" s="2">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="297">
+      <x:c r="A297" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B297" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C297" t="str" s="2">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+      <x:c r="D297" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E297" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F297" t="n" s="2">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="298">
+      <x:c r="A298" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B298" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C298" t="str" s="2">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+      <x:c r="D298" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E298" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F298" t="n" s="2">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="299">
+      <x:c r="A299" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B299" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C299" t="str" s="2">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+      <x:c r="D299" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E299" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F299" t="n" s="2">
+        <x:v>7.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="300">
+      <x:c r="A300" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B300" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C300" t="str" s="2">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+      <x:c r="D300" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E300" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F300" t="n" s="2">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="301">
+      <x:c r="A301" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B301" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C301" t="str" s="2">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+      <x:c r="D301" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E301" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F301" t="n" s="2">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="302">
+      <x:c r="A302" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B302" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C302" t="str" s="2">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+      <x:c r="D302" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E302" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F302" t="n" s="2">
+        <x:v>10.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="303">
+      <x:c r="A303" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B303" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C303" t="str" s="2">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+      <x:c r="D303" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E303" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F303" t="n" s="2">
+        <x:v>9.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="304">
+      <x:c r="A304" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B304" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C304" t="str" s="2">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+      <x:c r="D304" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E304" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F304" t="n" s="2">
+        <x:v>10.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="305">
+      <x:c r="A305" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B305" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C305" t="str" s="2">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+      <x:c r="D305" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E305" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F305" t="n" s="2">
+        <x:v>7.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="306">
+      <x:c r="A306" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B306" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C306" t="str" s="2">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+      <x:c r="D306" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E306" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F306" t="n" s="2">
+        <x:v>8.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="307">
+      <x:c r="A307" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B307" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C307" t="str" s="2">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+      <x:c r="D307" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E307" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F307" t="n" s="2">
+        <x:v>9.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="308">
+      <x:c r="A308" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B308" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C308" t="str" s="2">
+        <x:v>Upplands-Bro</x:v>
+      </x:c>
+      <x:c r="D308" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E308" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F308" t="n" s="2">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="309">
+      <x:c r="A309" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B309" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C309" t="str" s="2">
+        <x:v>Upplands-Bro</x:v>
+      </x:c>
+      <x:c r="D309" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E309" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F309" t="n" s="2">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="310">
+      <x:c r="A310" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B310" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C310" t="str" s="2">
+        <x:v>Upplands-Bro</x:v>
+      </x:c>
+      <x:c r="D310" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E310" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F310" t="n" s="2">
+        <x:v>4.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="311">
+      <x:c r="A311" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B311" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C311" t="str" s="2">
+        <x:v>Upplands-Bro</x:v>
+      </x:c>
+      <x:c r="D311" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E311" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F311" t="n" s="2">
+        <x:v>4.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="312">
+      <x:c r="A312" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B312" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C312" t="str" s="2">
+        <x:v>Upplands-Bro</x:v>
+      </x:c>
+      <x:c r="D312" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E312" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F312" t="n" s="2">
+        <x:v>5.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="313">
+      <x:c r="A313" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B313" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C313" t="str" s="2">
+        <x:v>Upplands-Bro</x:v>
+      </x:c>
+      <x:c r="D313" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E313" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F313" t="n" s="2">
+        <x:v>6.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="314">
+      <x:c r="A314" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B314" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C314" t="str" s="2">
+        <x:v>Upplands-Bro</x:v>
+      </x:c>
+      <x:c r="D314" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E314" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F314" t="n" s="2">
+        <x:v>6.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="315">
+      <x:c r="A315" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B315" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C315" t="str" s="2">
+        <x:v>Upplands-Bro</x:v>
+      </x:c>
+      <x:c r="D315" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E315" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F315" t="n" s="2">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="316">
+      <x:c r="A316" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B316" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C316" t="str" s="2">
+        <x:v>Upplands-Bro</x:v>
+      </x:c>
+      <x:c r="D316" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E316" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F316" t="n" s="2">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="317">
+      <x:c r="A317" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B317" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C317" t="str" s="2">
+        <x:v>Upplands-Bro</x:v>
+      </x:c>
+      <x:c r="D317" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E317" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F317" t="n" s="2">
+        <x:v>7.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="318">
+      <x:c r="A318" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B318" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C318" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D318" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E318" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F318" t="n" s="2">
+        <x:v>3.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="319">
+      <x:c r="A319" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B319" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C319" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D319" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E319" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F319" t="n" s="2">
+        <x:v>4.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="320">
+      <x:c r="A320" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B320" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C320" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D320" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E320" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F320" t="n" s="2">
+        <x:v>5.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="321">
+      <x:c r="A321" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B321" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C321" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D321" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E321" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F321" t="n" s="2">
+        <x:v>5.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="322">
+      <x:c r="A322" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B322" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C322" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D322" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E322" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F322" t="n" s="2">
+        <x:v>5.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="323">
+      <x:c r="A323" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B323" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C323" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D323" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E323" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F323" t="n" s="2">
+        <x:v>5.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="324">
+      <x:c r="A324" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B324" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C324" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D324" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E324" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F324" t="n" s="2">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="325">
+      <x:c r="A325" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B325" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C325" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D325" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E325" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F325" t="n" s="2">
+        <x:v>6.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="326">
+      <x:c r="A326" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B326" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C326" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D326" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E326" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F326" t="n" s="2">
+        <x:v>6.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="327">
+      <x:c r="A327" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B327" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C327" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D327" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E327" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F327" t="n" s="2">
+        <x:v>6.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="328">
+      <x:c r="A328" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B328" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C328" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D328" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E328" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F328" t="n" s="2">
+        <x:v>7.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="329">
+      <x:c r="A329" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B329" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C329" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D329" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E329" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F329" t="n" s="2">
+        <x:v>6.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="330">
+      <x:c r="A330" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B330" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C330" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D330" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E330" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F330" t="n" s="2">
+        <x:v>9.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="331">
+      <x:c r="A331" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B331" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C331" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D331" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E331" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F331" t="n" s="2">
+        <x:v>9.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="332">
+      <x:c r="A332" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B332" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C332" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D332" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E332" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F332" t="n" s="2">
+        <x:v>9.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="333">
+      <x:c r="A333" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B333" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C333" t="str" s="2">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+      <x:c r="D333" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E333" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F333" t="n" s="2">
+        <x:v>11.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="334">
+      <x:c r="A334" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B334" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C334" t="str" s="2">
+        <x:v>Värmdö</x:v>
+      </x:c>
+      <x:c r="D334" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E334" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F334" t="n" s="2">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="335">
+      <x:c r="A335" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B335" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C335" t="str" s="2">
+        <x:v>Värmdö</x:v>
+      </x:c>
+      <x:c r="D335" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E335" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F335" t="n" s="2">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="336">
+      <x:c r="A336" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B336" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C336" t="str" s="2">
+        <x:v>Värmdö</x:v>
+      </x:c>
+      <x:c r="D336" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E336" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F336" t="n" s="2">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="337">
+      <x:c r="A337" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B337" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C337" t="str" s="2">
+        <x:v>Värmdö</x:v>
+      </x:c>
+      <x:c r="D337" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E337" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F337" t="n" s="2">
+        <x:v>19.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="338">
+      <x:c r="A338" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B338" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C338" t="str" s="2">
+        <x:v>Värmdö</x:v>
+      </x:c>
+      <x:c r="D338" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E338" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F338" t="n" s="2">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="339">
+      <x:c r="A339" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B339" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C339" t="str" s="2">
+        <x:v>Värmdö</x:v>
+      </x:c>
+      <x:c r="D339" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E339" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F339" t="n" s="2">
+        <x:v>24.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="340">
+      <x:c r="A340" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B340" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C340" t="str" s="2">
+        <x:v>Värmdö</x:v>
+      </x:c>
+      <x:c r="D340" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E340" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F340" t="n" s="2">
+        <x:v>26.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="341">
+      <x:c r="A341" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B341" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C341" t="str" s="2">
+        <x:v>Värmdö</x:v>
+      </x:c>
+      <x:c r="D341" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E341" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F341" t="n" s="2">
+        <x:v>26.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="342">
+      <x:c r="A342" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B342" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C342" t="str" s="2">
+        <x:v>Värmdö</x:v>
+      </x:c>
+      <x:c r="D342" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E342" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F342" t="n" s="2">
+        <x:v>26.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="343">
+      <x:c r="A343" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B343" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C343" t="str" s="2">
+        <x:v>Värmdö</x:v>
+      </x:c>
+      <x:c r="D343" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E343" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F343" t="n" s="2">
+        <x:v>27.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="344">
+      <x:c r="A344" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B344" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C344" t="str" s="2">
+        <x:v>Värmdö</x:v>
+      </x:c>
+      <x:c r="D344" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E344" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F344" t="n" s="2">
+        <x:v>26.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="345">
+      <x:c r="A345" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B345" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C345" t="str" s="2">
+        <x:v>Värmdö</x:v>
+      </x:c>
+      <x:c r="D345" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E345" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F345" t="n" s="2">
+        <x:v>25.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="346">
+      <x:c r="A346" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B346" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C346" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D346" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E346" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F346" t="n" s="2">
+        <x:v>5.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="347">
+      <x:c r="A347" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B347" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C347" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D347" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E347" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F347" t="n" s="2">
+        <x:v>5.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="348">
+      <x:c r="A348" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B348" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C348" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D348" s="3">
+        <x:v>40908</x:v>
+      </x:c>
+      <x:c r="E348" t="n" s="2">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F348" t="n" s="2">
+        <x:v>4.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="349">
+      <x:c r="A349" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B349" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C349" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D349" s="3">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="E349" t="n" s="2">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="F349" t="n" s="2">
+        <x:v>4.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="350">
+      <x:c r="A350" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B350" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C350" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D350" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E350" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F350" t="n" s="2">
+        <x:v>4.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="351">
+      <x:c r="A351" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B351" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C351" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D351" s="3">
+        <x:v>42004</x:v>
+      </x:c>
+      <x:c r="E351" t="n" s="2">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="F351" t="n" s="2">
+        <x:v>5.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="352">
+      <x:c r="A352" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B352" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C352" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D352" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E352" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F352" t="n" s="2">
+        <x:v>5.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="353">
+      <x:c r="A353" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B353" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C353" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D353" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E353" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F353" t="n" s="2">
+        <x:v>5.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="354">
+      <x:c r="A354" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B354" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C354" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D354" s="3">
+        <x:v>43100</x:v>
+      </x:c>
+      <x:c r="E354" t="n" s="2">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F354" t="n" s="2">
+        <x:v>6.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="355">
+      <x:c r="A355" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B355" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C355" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D355" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E355" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F355" t="n" s="2">
+        <x:v>6.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="356">
+      <x:c r="A356" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B356" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C356" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D356" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E356" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F356" t="n" s="2">
+        <x:v>6.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="357">
+      <x:c r="A357" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B357" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C357" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D357" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E357" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F357" t="n" s="2">
+        <x:v>6.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="358">
+      <x:c r="A358" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B358" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C358" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D358" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E358" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F358" t="n" s="2">
+        <x:v>7.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="359">
+      <x:c r="A359" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B359" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C359" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D359" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E359" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F359" t="n" s="2">
+        <x:v>6.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="360">
+      <x:c r="A360" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B360" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C360" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D360" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E360" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F360" t="n" s="2">
+        <x:v>6.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="361">
+      <x:c r="A361" t="str" s="2">
+        <x:v>Inspektörer för miljöbalkstillsyn, årsarbetskrafter</x:v>
+      </x:c>
+      <x:c r="B361" t="str" s="2">
+        <x:v>MSL.3</x:v>
+      </x:c>
+      <x:c r="C361" t="str" s="2">
+        <x:v>Österåker</x:v>
+      </x:c>
+      <x:c r="D361" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E361" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F361" t="n" s="2">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:drawing r:id="drawing1"/>
+</x:worksheet>
 </file>
-
-[...18 lines deleted...]
-</file>