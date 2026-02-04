--- v1 (2026-02-04)
+++ v2 (2026-02-04)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R6725224a30fe45939253cf579f5aee44"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R043e883dea2b4f46afaf12300ac95840"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6725224a30fe45939253cf579f5aee44" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R043e883dea2b4f46afaf12300ac95840" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F361"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>