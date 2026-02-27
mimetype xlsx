--- v2 (2026-02-04)
+++ v3 (2026-02-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R043e883dea2b4f46afaf12300ac95840"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R1021898aca824f2ab15980e6adec6d6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R043e883dea2b4f46afaf12300ac95840" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1021898aca824f2ab15980e6adec6d6e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F361"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>