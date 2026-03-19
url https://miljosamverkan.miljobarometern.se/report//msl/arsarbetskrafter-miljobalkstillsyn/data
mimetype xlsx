--- v3 (2026-02-27)
+++ v4 (2026-03-19)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R1021898aca824f2ab15980e6adec6d6e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rf5a9ed63f8374c949fcd45c7908fd8b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1021898aca824f2ab15980e6adec6d6e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf5a9ed63f8374c949fcd45c7908fd8b9" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F361"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>